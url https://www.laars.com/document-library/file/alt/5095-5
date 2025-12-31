--- v0 (2025-10-18)
+++ v1 (2025-12-31)
@@ -1,6399 +1,3041 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6BD27B6E" w14:textId="01E013BD" w:rsidR="007C37D2" w:rsidRDefault="00C900D8" w:rsidP="007C37D2">
-[...1093 lines deleted...]
-    <w:p w14:paraId="79966D97" w14:textId="77777777" w:rsidR="00802DE0" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+    <w:p w14:paraId="3E2BDDAE" w14:textId="4C4BDB24" w:rsidR="008C6DF1" w:rsidRPr="001C2596" w:rsidRDefault="0084602F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Laars Heating Systems Company – </w:t>
+      </w:r>
+      <w:r w:rsidR="001C2596" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Series Commercial Tankless Electric Water Heater</w:t>
+      </w:r>
+      <w:r w:rsidR="001C2596" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skid System</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525454E9" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25164B5C" w14:textId="0A6B95AE" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SECTION 223313 – INSTANTANEOUS ELECTRIC DOMESTIC WATER HEATERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9E3356" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DB81518" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PRT"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0056782C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>GENERAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF73EC8" w14:textId="77777777" w:rsidR="00802DE0" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+    <w:p w14:paraId="0858A991" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="ART"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0056782C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>SECTION INCLUDES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A303B20" w14:textId="622824A8" w:rsidR="002B143A" w:rsidRPr="0056782C" w:rsidRDefault="008B4CBC" w:rsidP="007C37D2">
+    <w:p w14:paraId="21ABBB12" w14:textId="77777777" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...42 lines deleted...]
-    <w:p w14:paraId="3D0EA673" w14:textId="77777777" w:rsidR="00802DE0" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Tankless electric commercial water heaters and water heater accessories</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A0E31D3" w14:textId="7965B7D7" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="004566F0">
       <w:pPr>
         <w:pStyle w:val="ART"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="76145E98" w14:textId="77777777" w:rsidR="004E7A4F" w:rsidRPr="0056782C" w:rsidRDefault="004E7A4F" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RELATED </w:t>
+      </w:r>
+      <w:r w:rsidR="004566F0" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>SECTIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="713809E6" w14:textId="77777777" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="067DDEBD" w14:textId="77777777" w:rsidR="002B143A" w:rsidRPr="0056782C" w:rsidRDefault="002B143A" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Division 22 Section “General-Duty Valves for Plumbing Piping” for valves.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="048A1B15" w14:textId="255F1AFE" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="25D6B355" w14:textId="77777777" w:rsidR="002B143A" w:rsidRPr="0056782C" w:rsidRDefault="002B143A" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Division 22 Section “</w:t>
+      </w:r>
+      <w:r w:rsidR="005632FE" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Domestic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Water Piping” for water piping.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04941C8A" w14:textId="77777777" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...24 lines deleted...]
-    <w:p w14:paraId="7FFC40DB" w14:textId="77777777" w:rsidR="00802DE0" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Division 22 Section “Domestic Water Piping Specialties” for vacuum breakers, water pressure-reducing valves, water-hammer arresters, and specialty valves.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D9A7260" w14:textId="1192A005" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="004566F0">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Division 26 Sections for electrical power and control wiring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79229720" w14:textId="4AE70F81" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="ART"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="0B5103C1" w14:textId="77777777" w:rsidR="006073C6" w:rsidRPr="0056782C" w:rsidRDefault="006073C6" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>REFERENCES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54DC5489" w14:textId="69FEEDEB" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="004566F0">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="3E09AFB2" w14:textId="77777777" w:rsidR="00802DE0" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">General:  Applicable edition of references cited in this Section is current edition </w:t>
+      </w:r>
+      <w:r w:rsidR="005632FE" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>published</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on date of issue of Project specifications, unless otherwise required by building code in force.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6DC792" w14:textId="3E263260" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="004566F0">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...171 lines deleted...]
-    <w:p w14:paraId="70F29BDD" w14:textId="77777777" w:rsidR="00661971" w:rsidRPr="0056782C" w:rsidRDefault="00661971" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Americal National Standards Institute (ANSI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4C3B99" w14:textId="4F8B7FBD" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="00E10918">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="4305A8BE" w14:textId="77777777" w:rsidR="00C852B8" w:rsidRPr="0056782C" w:rsidRDefault="00C852B8" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ANSI 372 – Drinking Water System Components – Lead Content</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF48FFF" w14:textId="02B02415" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="004566F0">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...184 lines deleted...]
-    <w:p w14:paraId="4370B275" w14:textId="77777777" w:rsidR="00661971" w:rsidRPr="0056782C" w:rsidRDefault="00661971" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>American Society of Sanitary Engineering (ASSE)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0300D4" w14:textId="08F24153" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="00E10918">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="6EF1027B" w14:textId="77777777" w:rsidR="006073C6" w:rsidRPr="0056782C" w:rsidRDefault="006073C6" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ASSE 1003 – Performance Requirements for Water Pressure Reducing Valves for Domestic Water Distribution Systems</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE3D88F" w14:textId="04F5670F" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="004566F0">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...66 lines deleted...]
-    <w:p w14:paraId="6B504EB7" w14:textId="77777777" w:rsidR="00802DE0" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ASSE 1010 – Performance Requirements for Water Hammer Arresters National Electrical Manufacturers Association (NEMA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11BC04DA" w14:textId="08BF10C4" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="004566F0">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="02E8AD7B" w14:textId="77777777" w:rsidR="00802DE0" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>National Fire Protection Association (NFPA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13766FD4" w14:textId="0ACFD7BA" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="00E10918">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...49 lines deleted...]
-    <w:p w14:paraId="6BB40B70" w14:textId="77777777" w:rsidR="00927D4C" w:rsidRPr="0056782C" w:rsidRDefault="00927D4C" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>NFPA 70 – National Electrical Code</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="561E78D1" w14:textId="14FD0581" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="004566F0" w:rsidP="004566F0">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="7527BAED" w14:textId="77777777" w:rsidR="00927D4C" w:rsidRPr="0056782C" w:rsidRDefault="00927D4C" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Underwriters Laboratories (UL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="214F9043" w14:textId="16D9564C" w:rsidR="004566F0" w:rsidRPr="001C2596" w:rsidRDefault="00326443" w:rsidP="00E10918">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="103AFE07" w14:textId="77777777" w:rsidR="002B2496" w:rsidRPr="0056782C" w:rsidRDefault="002B2496" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>UL 499 – Standard for Electric Heating Appliances</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63718473" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
+      <w:pPr>
+        <w:pStyle w:val="ART"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ACTION SUBMITTALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F30ABE" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="4230039F" w14:textId="77777777" w:rsidR="00802DE0" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Product Data: For each type of product, include rated capacities, operating characteristics, electrical characteristics, and furnished specialties and accessories.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC2F449" w14:textId="447DA694" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Sustainable Design Submittals:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="userSustainabilityTopic_5_1"/>
+      <w:r w:rsidR="00E10918" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Product Data for water heater compliance with ASHRAE's "Advanced Energy Design Guides.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25228EBB" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Shop Drawings:  Include diagrams for power, signal, and control wiring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CA594D" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="ART"/>
-      </w:pPr>
-[...21 lines deleted...]
-    <w:p w14:paraId="0FE8BB4D" w14:textId="77777777" w:rsidR="0016220E" w:rsidRPr="0056782C" w:rsidRDefault="0016220E" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>INFORMATIONAL SUBMITTALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D0AFBF" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="6E663B35" w14:textId="77777777" w:rsidR="004E7A4F" w:rsidRPr="0056782C" w:rsidRDefault="004E7A4F" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Coordination Drawings: Equipment room drawing or BIM model, drawn to scale, on which the items described in this Section are shown and coordinated with all building trades.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF304E2" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="62FA4FF8" w14:textId="77777777" w:rsidR="008C52FC" w:rsidRPr="0056782C" w:rsidRDefault="008C52FC" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product Certificates: For each type of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>commercial, gas-fired,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> domestic-water heater.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180F2B6B" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Domestic-Water Heater Labeling: Certified and labeled by testing agency acceptable to authorities having jurisdiction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19016F21" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Source quality-control reports.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671114DC" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Field quality-control reports.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="155A2DE4" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Warranty: Standard warranty, shown below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9F41DE" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="ART"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0056782C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>CLOSEOUT SUBMITTALS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37DAD6B4" w14:textId="77777777" w:rsidR="008C52FC" w:rsidRPr="0056782C" w:rsidRDefault="008C52FC" w:rsidP="007C37D2">
+    <w:p w14:paraId="5BAECAC5" w14:textId="654197EE" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="616B89A9" w14:textId="77777777" w:rsidR="00802DE0" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operation and </w:t>
+      </w:r>
+      <w:r w:rsidR="00920A17" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aintenance </w:t>
+      </w:r>
+      <w:r w:rsidR="00920A17" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA5E1B3" w14:textId="4FF7A190" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="00DF5CD6" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="ART"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>QUALITY ASSURANCE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758D032A" w14:textId="77777777" w:rsidR="00927D4C" w:rsidRPr="0056782C" w:rsidRDefault="00927D4C" w:rsidP="007C37D2">
-[...7 lines deleted...]
-    <w:p w14:paraId="3DBF5C3E" w14:textId="77777777" w:rsidR="006228DC" w:rsidRPr="0056782C" w:rsidRDefault="006228DC" w:rsidP="007C37D2">
+    <w:p w14:paraId="1800EBE1" w14:textId="77777777" w:rsidR="00C15CAD" w:rsidRPr="001C2596" w:rsidRDefault="00C15CAD" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="71428545" w14:textId="0E90ADD5" w:rsidR="008C52FC" w:rsidRPr="0056782C" w:rsidRDefault="008C52FC" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Source Limitations:  Obtain tankless electric water heaters through a single source from a single manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B27422" w14:textId="77777777" w:rsidR="00962EFF" w:rsidRPr="001C2596" w:rsidRDefault="00C15CAD" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="1FFFA499" w14:textId="77777777" w:rsidR="0070275E" w:rsidRPr="0056782C" w:rsidRDefault="0070275E" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Electrical Comp</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3389F" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>onents:  Listed and labeled per NFPA 70, Article 100, by a testing agency acceptable to authorities having jurisdiction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E8B67C" w14:textId="77777777" w:rsidR="00962EFF" w:rsidRPr="001C2596" w:rsidRDefault="00962EFF" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...201 lines deleted...]
-    <w:p w14:paraId="5971E6CB" w14:textId="77777777" w:rsidR="00BA4DE6" w:rsidRPr="0056782C" w:rsidRDefault="002B2496" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Lead-Free Construction:  Comply with NSF 372 for fixture components in contact with potable water.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E77668" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
+      <w:pPr>
+        <w:pStyle w:val="ART"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>WARRANTY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B64A05" w14:textId="6F82D51E" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...107 lines deleted...]
-    <w:p w14:paraId="40125E02" w14:textId="77777777" w:rsidR="008077CF" w:rsidRPr="0056782C" w:rsidRDefault="008077CF" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manufacturer’s Warranty: Manufacturer agrees to repair or replace components of </w:t>
+      </w:r>
+      <w:r w:rsidR="00586BFF" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>electric domestic water heaters that fail in materials or work</w:t>
+      </w:r>
+      <w:r w:rsidR="00803B70" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>manship within specified warranty period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE713FE" w14:textId="61515A6B" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="00E10918">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0056782C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Warranty Periods: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4977" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>From date of substantial completion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BAD4C32" w14:textId="77777777" w:rsidR="00F93826" w:rsidRPr="0056782C" w:rsidRDefault="00F93826" w:rsidP="007C37D2">
-[...16 lines deleted...]
-    <w:p w14:paraId="6250C8FE" w14:textId="77777777" w:rsidR="008077CF" w:rsidRPr="0056782C" w:rsidRDefault="00BC5AD1" w:rsidP="007C37D2">
+    <w:p w14:paraId="4DF6C44D" w14:textId="1E232E72" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="00CE4977" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR3"/>
-        <w:spacing w:before="240"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0056782C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Electrical components:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02E01" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>wo years</w:t>
       </w:r>
-      <w:r w:rsidR="00E93B32">
+      <w:r w:rsidR="0084602F" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="503BA644" w14:textId="77777777" w:rsidR="00E93B32" w:rsidRPr="0056782C" w:rsidRDefault="00E93B32" w:rsidP="007C37D2">
+    <w:p w14:paraId="0ED58D53" w14:textId="19E3F41C" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="00E02E01" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PR3"/>
-      </w:pPr>
-[...29 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Heating elements:  Four years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319B6A57" w14:textId="3640005F" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Heat </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02E01" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>xchanger</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02E01" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> free from leaks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02E01" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Eight years</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B66716C" w14:textId="77777777" w:rsidR="00BC5AD1" w:rsidRPr="0056782C" w:rsidRDefault="00BC5AD1" w:rsidP="007C37D2">
-[...71 lines deleted...]
-    <w:p w14:paraId="19E291A3" w14:textId="77777777" w:rsidR="00802DE0" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+    <w:p w14:paraId="324B667F" w14:textId="77777777" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="0084602F" w:rsidP="0084602F">
       <w:pPr>
         <w:pStyle w:val="PRT"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0056782C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PRODUCTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23F9D3B0" w14:textId="77777777" w:rsidR="00802DE0" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+    <w:p w14:paraId="7DB51DD6" w14:textId="77777777" w:rsidR="00EC13A3" w:rsidRPr="001C2596" w:rsidRDefault="00EC13A3" w:rsidP="00EC13A3">
       <w:pPr>
         <w:pStyle w:val="ART"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0056782C">
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>MANUFACTURERS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423AC6A0" w14:textId="5ABE4525" w:rsidR="008E1B4E" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+    <w:p w14:paraId="28468837" w14:textId="1089C701" w:rsidR="00EC13A3" w:rsidRPr="001C2596" w:rsidRDefault="00EC13A3" w:rsidP="00EC13A3">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...100 lines deleted...]
-    <w:p w14:paraId="63E2D119" w14:textId="3B9BBC31" w:rsidR="0070275E" w:rsidRPr="0056782C" w:rsidRDefault="00B7441E" w:rsidP="007C37D2">
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Basis-of-Design Product: Subject to compliance with requirements, provide Laars </w:t>
+      </w:r>
+      <w:r w:rsidR="001C2596" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Series Commercial </w:t>
+      </w:r>
+      <w:r w:rsidR="00693E2D" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ankless </w:t>
+      </w:r>
+      <w:r w:rsidR="00693E2D" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lectric </w:t>
+      </w:r>
+      <w:r w:rsidR="00693E2D" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ater </w:t>
+      </w:r>
+      <w:r w:rsidR="00693E2D" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>eater</w:t>
+      </w:r>
+      <w:r w:rsidR="001C2596" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Skid System</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E467FE" w14:textId="77777777" w:rsidR="00EC13A3" w:rsidRPr="001C2596" w:rsidRDefault="00EC13A3" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Submit requests for substitution in accordance with Instructions to Bidders and Division 01, General Requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39765616" w14:textId="77777777" w:rsidR="00EC13A3" w:rsidRPr="001C2596" w:rsidRDefault="00EC13A3" w:rsidP="00EC13A3">
       <w:pPr>
         <w:pStyle w:val="ART"/>
-      </w:pPr>
-[...213 lines deleted...]
-    <w:p w14:paraId="39EAC0B9" w14:textId="08A1A939" w:rsidR="00834FC8" w:rsidRPr="0056782C" w:rsidRDefault="00A71D4A" w:rsidP="007C37D2">
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>TANKLESS, ELECTRIC COMMERCIAL WATER HEATERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70260F27" w14:textId="755DAE2B" w:rsidR="00576D9A" w:rsidRPr="001C2596" w:rsidRDefault="001C2596" w:rsidP="00772F49">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-[...130 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Two Laars N Series </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC13A3" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Tankless electric commercial water heater</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s, mounted back-to-back on a skid</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC13A3" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, UL 499, sized for low flow constant temperature requirements, with PID Controller, </w:t>
+      </w:r>
+      <w:r w:rsidR="001B790B" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>liquid</w:t>
       </w:r>
-      <w:r w:rsidR="00424A46" w:rsidRPr="0056782C">
+      <w:r w:rsidR="00EC13A3" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">-cooled </w:t>
       </w:r>
-      <w:r w:rsidR="00834FC8" w:rsidRPr="0056782C">
-[...12 lines deleted...]
-    <w:p w14:paraId="7DF04661" w14:textId="632CEAE2" w:rsidR="00834FC8" w:rsidRPr="0056782C" w:rsidRDefault="00834FC8" w:rsidP="007C37D2">
+      <w:r w:rsidR="00985416" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>solid state relays</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC13A3" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, low flow activation, and overheat protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="020EE2A0" w14:textId="77777777" w:rsidR="00AD1795" w:rsidRPr="001C2596" w:rsidRDefault="007C746B" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Enclosure</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1795" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>s:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E9E1530" w14:textId="681ED769" w:rsidR="00274F6E" w:rsidRPr="001C2596" w:rsidRDefault="0019077D" w:rsidP="00274F6E">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>NEMA 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA60E1" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with ANSI 61 gray, corrosive resistant paint</w:t>
+      </w:r>
+      <w:r w:rsidR="00985416" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (standard)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26719A9D" w14:textId="3A7B9A6E" w:rsidR="007C746B" w:rsidRPr="001C2596" w:rsidRDefault="00274F6E" w:rsidP="00546AEC">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Optional</w:t>
+      </w:r>
+      <w:r w:rsidR="004513DC" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NEMA 4X:  16 gauge 304 stainless steel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218A7AE0" w14:textId="77F1C11B" w:rsidR="00985416" w:rsidRPr="001C2596" w:rsidRDefault="00985416" w:rsidP="00546AEC">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Optional NEMA 4 Explosion proof</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5429D7" w14:textId="22744AEA" w:rsidR="00985416" w:rsidRPr="001C2596" w:rsidRDefault="00985416" w:rsidP="00546AEC">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Optional NEMA 4X Explosion proof 16 gauge 304 stainless steel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F453C51" w14:textId="77777777" w:rsidR="007C746B" w:rsidRPr="001C2596" w:rsidRDefault="007C746B" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Heat Exchanger: Copper tubing with brazed brass fittings and large internal passageways for minimal pressure drop. NSF 61 barrier materials for potable water, without storage capacity. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037F76DF" w14:textId="63B58FDC" w:rsidR="005D1F91" w:rsidRPr="001C2596" w:rsidRDefault="00394914" w:rsidP="005D1F91">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Optional </w:t>
+      </w:r>
+      <w:r w:rsidR="00985416" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Teflon Coated</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0387" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  FDA approved for food contact or </w:t>
+      </w:r>
+      <w:r w:rsidR="005632FE" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>deionized</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0387" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> water.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1EE7FD" w14:textId="213B53C6" w:rsidR="00CA2E94" w:rsidRPr="001C2596" w:rsidRDefault="00CA2E94" w:rsidP="005D1F91">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Optional ASME HLW.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0307E3" w14:textId="438E761E" w:rsidR="00CA2E94" w:rsidRPr="001C2596" w:rsidRDefault="00CA2E94" w:rsidP="00CA2E94">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00554FBD" w:rsidRPr="0056782C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Optional Freeze Protection:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2206562A" w14:textId="599D0352" w:rsidR="00CA2E94" w:rsidRPr="001C2596" w:rsidRDefault="00CA2E94" w:rsidP="00CA2E94">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Freeze Protect to -20 degrees F.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32058F06" w14:textId="64D32B88" w:rsidR="00CA2E94" w:rsidRPr="001C2596" w:rsidRDefault="00CA2E94" w:rsidP="00CA2E94">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Freeze Protect to -30 degrees F.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="726A2A2A" w14:textId="21FB3FE2" w:rsidR="00B745A8" w:rsidRPr="001C2596" w:rsidRDefault="00B745A8" w:rsidP="002C2E10">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Water Flow Activation:</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2E10" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001C2596" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gpm standard</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45CA75D6" w14:textId="77777777" w:rsidR="00922811" w:rsidRPr="001C2596" w:rsidRDefault="0033321D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>High Temperature:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481DA9AB" w14:textId="5F8E6BB2" w:rsidR="00922811" w:rsidRPr="001C2596" w:rsidRDefault="00922811" w:rsidP="00922811">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>160 degree F high limit (standard).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3053D239" w14:textId="2964493D" w:rsidR="0033321D" w:rsidRPr="001C2596" w:rsidRDefault="00196975" w:rsidP="00922811">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Optional</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7B4D" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...53 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="006B46BD" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>200</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7B4D" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> degree F high limit</w:t>
+      </w:r>
+      <w:r w:rsidR="0033321D" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AB4B152" w14:textId="5915A0F1" w:rsidR="0033321D" w:rsidRPr="001C2596" w:rsidRDefault="0033321D" w:rsidP="00084B21">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Connections:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB07E5" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001C2596" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB07E5" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>” NPT</w:t>
+      </w:r>
+      <w:r w:rsidR="00647558" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rStyle w:val="IP"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21035DC0" w14:textId="77777777" w:rsidR="0033321D" w:rsidRPr="001C2596" w:rsidRDefault="0033321D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Rating: 150 psig (1035 kPa).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193042C1" w14:textId="77777777" w:rsidR="0033321D" w:rsidRPr="001C2596" w:rsidRDefault="0033321D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Heating Element: Heavy duty, low-watt density Incoloy 800 sheathed resistive element</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B7D9BD6" w14:textId="77777777" w:rsidR="0033321D" w:rsidRPr="001C2596" w:rsidRDefault="0033321D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Temperature Control: Microprocessor with PID logic and dual display of set-point and actual outlet water temperature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC00826" w14:textId="4422EE86" w:rsidR="0033321D" w:rsidRPr="001C2596" w:rsidRDefault="0033321D" w:rsidP="0033321D">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Safety Controls: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C907CD" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004F44ED" w:rsidRPr="007C37D2">
-[...36 lines deleted...]
-    <w:p w14:paraId="0A4DB5DA" w14:textId="77777777" w:rsidR="00834FC8" w:rsidRPr="0056782C" w:rsidRDefault="00834FC8" w:rsidP="007C37D2">
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Surface mounted bi-metal thermostat with manual reset.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19560E0D" w14:textId="5DA3A0D7" w:rsidR="00FB07E5" w:rsidRPr="001C2596" w:rsidRDefault="0033321D" w:rsidP="0033321D">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00554FBD" w:rsidRPr="0056782C">
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Mounting:</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5B87" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Floor standing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E3B132" w14:textId="77777777" w:rsidR="0033321D" w:rsidRPr="001C2596" w:rsidRDefault="0033321D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Capacity: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095054DC" w14:textId="6F2A7037" w:rsidR="000F6A91" w:rsidRPr="001C2596" w:rsidRDefault="001C2596" w:rsidP="000F6A91">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk68535059"/>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>216</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6A91" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rStyle w:val="SI"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006D7F59">
-[...11 lines deleted...]
-      <w:r w:rsidR="00661971" w:rsidRPr="0056782C">
+      <w:r w:rsidR="000F6A91" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kW</w:t>
+      </w:r>
+      <w:r w:rsidR="004A4465" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EEF610C" w14:textId="3BF7D597" w:rsidR="000F6A91" w:rsidRPr="001C2596" w:rsidRDefault="004A4465" w:rsidP="000F6A91">
+      <w:pPr>
+        <w:pStyle w:val="PR4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">480 </w:t>
+      </w:r>
+      <w:r w:rsidR="000F6A91" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VAC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6A91" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phase</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D43CB46" w14:textId="57F2730E" w:rsidR="000F6A91" w:rsidRPr="001C2596" w:rsidRDefault="004A4465" w:rsidP="000F6A91">
+      <w:pPr>
+        <w:pStyle w:val="PR4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>600 VAC three</w:t>
+      </w:r>
+      <w:r w:rsidR="001863E4" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phase</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B495D36" w14:textId="5AD56227" w:rsidR="001863E4" w:rsidRPr="001C2596" w:rsidRDefault="001C2596" w:rsidP="000F6A91">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>252</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6A91" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rStyle w:val="SI"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004F44ED">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F327AF">
+      <w:r w:rsidR="000F6A91" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kW</w:t>
+      </w:r>
+      <w:r w:rsidR="001863E4" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1723E6A9" w14:textId="1D7F5BBC" w:rsidR="001863E4" w:rsidRPr="001C2596" w:rsidRDefault="004A4465" w:rsidP="001863E4">
+      <w:pPr>
+        <w:pStyle w:val="PR4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>480 VAC three</w:t>
+      </w:r>
+      <w:r w:rsidR="001863E4" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phase</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657C0625" w14:textId="3996178F" w:rsidR="001863E4" w:rsidRPr="001C2596" w:rsidRDefault="004A4465" w:rsidP="001863E4">
+      <w:pPr>
+        <w:pStyle w:val="PR4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>600 VAC three</w:t>
+      </w:r>
+      <w:r w:rsidR="001863E4" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phase</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B772A1D" w14:textId="732EDE4F" w:rsidR="000408D9" w:rsidRPr="001C2596" w:rsidRDefault="001C2596" w:rsidP="000408D9">
+      <w:pPr>
+        <w:pStyle w:val="PR3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>288</w:t>
+      </w:r>
+      <w:r w:rsidR="000408D9" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rStyle w:val="SI"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003427CC" w:rsidRPr="0056782C">
-[...422 lines deleted...]
-    <w:p w14:paraId="388A2C07" w14:textId="77777777" w:rsidR="00287459" w:rsidRDefault="00287459" w:rsidP="007C37D2">
+      <w:r w:rsidR="000408D9" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>kW:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459766E3" w14:textId="77777777" w:rsidR="000408D9" w:rsidRPr="001C2596" w:rsidRDefault="000408D9" w:rsidP="000408D9">
       <w:pPr>
         <w:pStyle w:val="PR4"/>
-        <w:spacing w:before="240"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="27C7CC21" w14:textId="77777777" w:rsidR="00020DB1" w:rsidRDefault="00020DB1" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>480 VAC three phase</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C52EFD3" w14:textId="77777777" w:rsidR="000408D9" w:rsidRPr="001C2596" w:rsidRDefault="000408D9" w:rsidP="000408D9">
       <w:pPr>
         <w:pStyle w:val="PR4"/>
-        <w:spacing w:before="0"/>
-[...345 lines deleted...]
-    <w:p w14:paraId="601ED5F1" w14:textId="2983DC24" w:rsidR="00834FC8" w:rsidRPr="0056782C" w:rsidRDefault="00834FC8" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>600 VAC three phase</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547DF6DE" w14:textId="77777777" w:rsidR="004C5A50" w:rsidRPr="001C2596" w:rsidRDefault="005C5559" w:rsidP="005C5559">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Optional Electrical:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56525E36" w14:textId="636720A8" w:rsidR="005C5559" w:rsidRPr="001C2596" w:rsidRDefault="005C5559" w:rsidP="004C5A50">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...84 lines deleted...]
-    <w:p w14:paraId="5BA41675" w14:textId="77777777" w:rsidR="00834FC8" w:rsidRPr="0056782C" w:rsidRDefault="00834FC8" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Internal fused disconnect and ground fault package</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7513F7" w14:textId="065CBB08" w:rsidR="004C5A50" w:rsidRPr="001C2596" w:rsidRDefault="004C5A50" w:rsidP="004C5A50">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...454 lines deleted...]
-    <w:p w14:paraId="7E4BFA66" w14:textId="77777777" w:rsidR="00F96D7B" w:rsidRPr="0056782C" w:rsidRDefault="00F96D7B" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Remote emergency stop</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="15B55425" w14:textId="77777777" w:rsidR="005C5559" w:rsidRPr="001C2596" w:rsidRDefault="00EC13F9" w:rsidP="00B745A8">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Facility Controls Integration:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44DD7EFE" w14:textId="7EA4DCBE" w:rsidR="00556F5F" w:rsidRPr="001C2596" w:rsidRDefault="00B745A8" w:rsidP="005C5559">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...678 lines deleted...]
-    <w:p w14:paraId="53A7D1EF" w14:textId="77777777" w:rsidR="00834FC8" w:rsidRPr="0056782C" w:rsidRDefault="00834FC8" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Optional </w:t>
+      </w:r>
+      <w:r w:rsidR="00B46390" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4-20</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50F22" w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mA input (NEMA 4 only)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B9C501" w14:textId="6422FDA2" w:rsidR="005C5559" w:rsidRPr="001C2596" w:rsidRDefault="005C5559" w:rsidP="005C5559">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...483 lines deleted...]
-    <w:p w14:paraId="15725226" w14:textId="77777777" w:rsidR="00F7290A" w:rsidRPr="0056782C" w:rsidRDefault="00F7290A" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Optional RS-485 Modbus RTU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34CA78C3" w14:textId="6AEFA68E" w:rsidR="005C5559" w:rsidRPr="001C2596" w:rsidRDefault="005C5559" w:rsidP="005C5559">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...114 lines deleted...]
-    <w:p w14:paraId="295C9499" w14:textId="77777777" w:rsidR="00CD64B6" w:rsidRPr="0056782C" w:rsidRDefault="00CD64B6" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Optional process temperature alarm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B9AC5AE" w14:textId="29D4BC56" w:rsidR="006F588B" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="006F588B">
+      <w:pPr>
+        <w:pStyle w:val="ART"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>WATER HEATER ACCESSORIES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D967B77" w14:textId="3745618E" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pressure and Temperature Relief Valves:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B698DB" w14:textId="662A41A2" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="00E10918">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...306 lines deleted...]
-    <w:p w14:paraId="47B68B78" w14:textId="77777777" w:rsidR="00CD64B6" w:rsidRPr="0056782C" w:rsidRDefault="00CD64B6" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ASME pressure and temperature relief valve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="667933D6" w14:textId="17ACD0C8" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="00E10918">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="41115BB3" w14:textId="77777777" w:rsidR="00CD64B6" w:rsidRPr="0056782C" w:rsidRDefault="00CD64B6" w:rsidP="007C37D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ASME stainless steel pressure and temperature relief valve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD86759" w14:textId="1B7552BD" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Stainless Steel Thread Adapter:  Converts NPT to BSPP (NEMA 4 or 4X only)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CEA351" w14:textId="4EA148CA" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Y-Strainer:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AAF7E82" w14:textId="26EF3337" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="00E10918">
       <w:pPr>
         <w:pStyle w:val="PR2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0056782C">
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Y-Strainer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485FCADC" w14:textId="12BCD5F2" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Stainless Steel Y-Strainer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714F1F1C" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="ART"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A613BB4" w14:textId="77D4F2B0" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="PRT"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>EXECUTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B6D896" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="ART"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>INSTALLATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9FB28E" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Tankless, Electric, Domestic-Water Heater Mounting:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1891D70B" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Install water heaters in accordance with manufacturer's written instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF3723A" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Install water heaters level and plumb, according to layout drawings and referenced standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F71DB82" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Maintain manufacturer's recommended clearance and access dimensions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DFEEC28" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Install water supply piping to each water heater, and from heater to fixture requiring hot water supply connection. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B6A3F5" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Install stop valves on water supply and outlet piping. Provide stop valve on each supply in readily serviced location. Lock stop valve in OPEN position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74BCB75B" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Comply with Division 22 Section, General-Duty Valves for Plumbing Piping, for stop valve requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D31799" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>If shipped loose, install pressure and temperature safety relief valves on water heater. Run relief valve discharge lines as shown in manufacturer's instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3CEDAB" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Extend relief-valve outlet line, and discharge by positive air gap above closest floor drain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B76B5F4" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Install relief valve drain piping as indirect waste to spill by positive air gap into open drains or over floor drains. Install hose-end drain valves at low points in water piping.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342F1CCB" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Run relief valve drain piping without creating tripping hazard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E7078B5" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="ART"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>FIELD QUALITY CONTROL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD36CE2" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Do not energize water heater until hydrostatic testing of domestic water lines is complete. See Division 22 Section "Domestic Water Piping."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4904C543" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="PR1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Test and adjust installation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571066CB" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Set field-adjustable temperature set point of temperature-actuated controls. Adjust set point within allowable temperature range.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B445037" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="00E10918">
+      <w:pPr>
+        <w:pStyle w:val="PR2"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>Replace defective or malfunctioning controls and equipment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51F7CB73" w14:textId="77777777" w:rsidR="00802DE0" w:rsidRPr="0056782C" w:rsidRDefault="00802DE0" w:rsidP="007C37D2">
+    <w:p w14:paraId="76C618FB" w14:textId="77777777" w:rsidR="003D2F7D" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
       <w:pPr>
         <w:pStyle w:val="PR1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0056782C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>Clean unit surfaces, test fixtures, and leave in ready-to-use condition.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A44EA6C" w14:textId="77777777" w:rsidR="00326E7D" w:rsidRPr="007D1270" w:rsidRDefault="001D4CE0" w:rsidP="007C37D2">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0056782C">
+    <w:p w14:paraId="5AF4F604" w14:textId="40DF06CA" w:rsidR="0084602F" w:rsidRPr="001C2596" w:rsidRDefault="003D2F7D" w:rsidP="003D2F7D">
+      <w:pPr>
+        <w:pStyle w:val="ART"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="864" w:hanging="864"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2596">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>END OF SECTION</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00326E7D" w:rsidRPr="007D1270">
-[...6 lines deleted...]
-      </w:endnotePr>
+    <w:sectPr w:rsidR="0084602F" w:rsidRPr="001C2596">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67DA364A" w14:textId="77777777" w:rsidR="00CE72B1" w:rsidRDefault="00CE72B1" w:rsidP="00FD1F99">
+    <w:p w14:paraId="5D80EB21" w14:textId="77777777" w:rsidR="00E8034B" w:rsidRDefault="00E8034B" w:rsidP="00F75799">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3961B66F" w14:textId="77777777" w:rsidR="00CE72B1" w:rsidRDefault="00CE72B1" w:rsidP="00FD1F99"/>
-    <w:p w14:paraId="74A09C55" w14:textId="77777777" w:rsidR="00CE72B1" w:rsidRDefault="00CE72B1" w:rsidP="00FD1F99"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F0E98C1" w14:textId="77777777" w:rsidR="00CE72B1" w:rsidRDefault="00CE72B1" w:rsidP="00FD1F99">
+    <w:p w14:paraId="053A0DA0" w14:textId="77777777" w:rsidR="00E8034B" w:rsidRDefault="00E8034B" w:rsidP="00F75799">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E07042B" w14:textId="77777777" w:rsidR="00CE72B1" w:rsidRDefault="00CE72B1" w:rsidP="00FD1F99"/>
-    <w:p w14:paraId="6E37E093" w14:textId="77777777" w:rsidR="00CE72B1" w:rsidRDefault="00CE72B1" w:rsidP="00FD1F99"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...3 lines deleted...]
-    <w:family w:val="decorative"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...14 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...8 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="5A9D381F" w14:textId="5DB92632" w:rsidR="00E56A84" w:rsidRDefault="00F419D6" w:rsidP="00E56A84">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0FA9FE3E" w14:textId="26B7E02F" w:rsidR="00F75799" w:rsidRPr="00F75799" w:rsidRDefault="00F75799" w:rsidP="00F75799">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00F75799">
       <w:rPr>
-        <w:lang w:val="en-US"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Laars</w:t>
+      <w:t xml:space="preserve">Laars </w:t>
     </w:r>
-    <w:r w:rsidR="00E56A84">
+    <w:r w:rsidR="001C2596">
       <w:rPr>
-        <w:lang w:val="en-US"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>, N Series Skid</w:t>
+      <w:t>C</w:t>
     </w:r>
-    <w:r w:rsidR="00E56A84">
-      <w:tab/>
+    <w:r w:rsidRPr="00F75799">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Series Commercial Tankless Electric Water Heater </w:t>
     </w:r>
-    <w:r w:rsidR="00E56A84" w:rsidRPr="00FC2F26">
+    <w:r w:rsidR="001C2596">
       <w:rPr>
-        <w:rStyle w:val="NAM"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>INSTANTANEOUS ELECTRIC DOMESTIC WATER HEATERS</w:t>
+      <w:t>Skid Series</w:t>
     </w:r>
-  </w:p>
-[...1 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="00F75799">
       <w:rPr>
-        <w:rStyle w:val="NUM"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Laars</w:t>
+      <w:t>– Document 5095-</w:t>
     </w:r>
-    <w:r w:rsidR="00E56A84" w:rsidRPr="006C304B">
+    <w:r w:rsidR="001C2596">
       <w:rPr>
-        <w:rStyle w:val="NUM"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>_</w:t>
+      <w:t>5</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00F75799">
       <w:rPr>
-        <w:rStyle w:val="NUM"/>
-[...32 lines deleted...]
-        <w:rStyle w:val="NUM"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="001D77D8">
-[...43 lines deleted...]
-    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:id w:val="-1884096135"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1769616900"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:r w:rsidRPr="00F75799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F75799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F75799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F75799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F75799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F75799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F75799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F75799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:sdtContent>
+        </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+  <w:p w14:paraId="6CB6B9F8" w14:textId="7588797F" w:rsidR="00F75799" w:rsidRDefault="00F75799">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E8BA65A" w14:textId="77777777" w:rsidR="00CE72B1" w:rsidRDefault="00CE72B1" w:rsidP="00FD1F99">
+    <w:p w14:paraId="770D2B9B" w14:textId="77777777" w:rsidR="00E8034B" w:rsidRDefault="00E8034B" w:rsidP="00F75799">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E79A56F" w14:textId="77777777" w:rsidR="00CE72B1" w:rsidRDefault="00CE72B1" w:rsidP="00FD1F99"/>
-    <w:p w14:paraId="7BCC6BE3" w14:textId="77777777" w:rsidR="00CE72B1" w:rsidRDefault="00CE72B1" w:rsidP="00FD1F99"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67973CC8" w14:textId="77777777" w:rsidR="00CE72B1" w:rsidRDefault="00CE72B1" w:rsidP="00FD1F99">
+    <w:p w14:paraId="1EBC221D" w14:textId="77777777" w:rsidR="00E8034B" w:rsidRDefault="00E8034B" w:rsidP="00F75799">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3003B9EC" w14:textId="77777777" w:rsidR="00CE72B1" w:rsidRDefault="00CE72B1" w:rsidP="00FD1F99"/>
-    <w:p w14:paraId="1A00507A" w14:textId="77777777" w:rsidR="00CE72B1" w:rsidRDefault="00CE72B1" w:rsidP="00FD1F99"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1589503A" w14:textId="057B459A" w:rsidR="00F75799" w:rsidRDefault="00F75799">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:t>MASTERSPEC Full Length</w:t>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00062CCA">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>December 16, 2025</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="73932E7E" w14:textId="77777777" w:rsidR="00F75799" w:rsidRDefault="00F75799">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF82"/>
-[...58 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="4A40CF56"/>
+    <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="PRT"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART %1 - "/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ART"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SCHEDULE %2 - "/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="DST"/>
+      <w:pStyle w:val="PR1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PRODUCT DATA SHEET %3 - "/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ART"/>
       <w:lvlText w:val="%1.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="864"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="PR1"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6433,1368 +3075,485 @@
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="PR4"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2592"/>
         </w:tabs>
         <w:ind w:left="2592" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="PR5"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3168"/>
         </w:tabs>
         <w:ind w:left="3168" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...202 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="1" w16cid:durableId="120194770">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="2" w16cid:durableId="1347363714">
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
-      <w:startOverride w:val="3"/>
+      <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
-[...164 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="3" w16cid:durableId="1249853540">
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20">
-[...114 lines deleted...]
-  <w:num w:numId="42">
+  <w:num w:numId="4" w16cid:durableId="659582587">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="43">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="5" w16cid:durableId="56054721">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="44">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="6" w16cid:durableId="1711760225">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="45">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="7" w16cid:durableId="533226649">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="46">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="8" w16cid:durableId="754790709">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="20"/>
+  <w:num w:numId="9" w16cid:durableId="1940136493">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1194464627">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2090958505">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1632831316">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="250891477">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1388455396">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1984850214">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1878203000">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="473639564">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="897861196">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...16 lines deleted...]
-  <w:noPunctuationKerning/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
-    <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:pos w:val="sectEnd"/>
-    <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00326E7D"/>
-[...515 lines deleted...]
-    <w:rsid w:val="00FF3DAE"/>
+    <w:rsidRoot w:val="0084602F"/>
+    <w:rsid w:val="000408D9"/>
+    <w:rsid w:val="000463EF"/>
+    <w:rsid w:val="00062CCA"/>
+    <w:rsid w:val="00071548"/>
+    <w:rsid w:val="00084B21"/>
+    <w:rsid w:val="00092A22"/>
+    <w:rsid w:val="000D2FC5"/>
+    <w:rsid w:val="000E61D3"/>
+    <w:rsid w:val="000F6A91"/>
+    <w:rsid w:val="00106808"/>
+    <w:rsid w:val="00133F7C"/>
+    <w:rsid w:val="00160E63"/>
+    <w:rsid w:val="001863E4"/>
+    <w:rsid w:val="0019077D"/>
+    <w:rsid w:val="00191921"/>
+    <w:rsid w:val="00196975"/>
+    <w:rsid w:val="001B05BE"/>
+    <w:rsid w:val="001B4DFE"/>
+    <w:rsid w:val="001B790B"/>
+    <w:rsid w:val="001C2596"/>
+    <w:rsid w:val="00227EB9"/>
+    <w:rsid w:val="002562AE"/>
+    <w:rsid w:val="00274F6E"/>
+    <w:rsid w:val="002C2E10"/>
+    <w:rsid w:val="00305091"/>
+    <w:rsid w:val="003224E9"/>
+    <w:rsid w:val="00326443"/>
+    <w:rsid w:val="0033321D"/>
+    <w:rsid w:val="00394914"/>
+    <w:rsid w:val="003C0614"/>
+    <w:rsid w:val="003D2F7D"/>
+    <w:rsid w:val="004118C1"/>
+    <w:rsid w:val="004422D9"/>
+    <w:rsid w:val="004513DC"/>
+    <w:rsid w:val="004566F0"/>
+    <w:rsid w:val="00470764"/>
+    <w:rsid w:val="0047176A"/>
+    <w:rsid w:val="004A4465"/>
+    <w:rsid w:val="004C0387"/>
+    <w:rsid w:val="004C5A50"/>
+    <w:rsid w:val="004D19CA"/>
+    <w:rsid w:val="00546AEC"/>
+    <w:rsid w:val="00556F5F"/>
+    <w:rsid w:val="005632FE"/>
+    <w:rsid w:val="00576D9A"/>
+    <w:rsid w:val="00586BFF"/>
+    <w:rsid w:val="00591CEA"/>
+    <w:rsid w:val="005C5559"/>
+    <w:rsid w:val="005D1F91"/>
+    <w:rsid w:val="005E3A10"/>
+    <w:rsid w:val="006345FD"/>
+    <w:rsid w:val="0064227E"/>
+    <w:rsid w:val="00647558"/>
+    <w:rsid w:val="00693E2D"/>
+    <w:rsid w:val="006B46BD"/>
+    <w:rsid w:val="006F588B"/>
+    <w:rsid w:val="007523CD"/>
+    <w:rsid w:val="00772F49"/>
+    <w:rsid w:val="007C746B"/>
+    <w:rsid w:val="00803B70"/>
+    <w:rsid w:val="00815C4F"/>
+    <w:rsid w:val="0084602F"/>
+    <w:rsid w:val="008C6DF1"/>
+    <w:rsid w:val="00920A17"/>
+    <w:rsid w:val="00922811"/>
+    <w:rsid w:val="00962EFF"/>
+    <w:rsid w:val="00985416"/>
+    <w:rsid w:val="009B0C3A"/>
+    <w:rsid w:val="009D1540"/>
+    <w:rsid w:val="009D60F0"/>
+    <w:rsid w:val="00A00DB8"/>
+    <w:rsid w:val="00A166D7"/>
+    <w:rsid w:val="00A3389F"/>
+    <w:rsid w:val="00AD1795"/>
+    <w:rsid w:val="00AF3422"/>
+    <w:rsid w:val="00B052C8"/>
+    <w:rsid w:val="00B46390"/>
+    <w:rsid w:val="00B745A8"/>
+    <w:rsid w:val="00C15CAD"/>
+    <w:rsid w:val="00C464E9"/>
+    <w:rsid w:val="00C67749"/>
+    <w:rsid w:val="00C907CD"/>
+    <w:rsid w:val="00CA2E94"/>
+    <w:rsid w:val="00CE4977"/>
+    <w:rsid w:val="00CF6791"/>
+    <w:rsid w:val="00D57382"/>
+    <w:rsid w:val="00D931BC"/>
+    <w:rsid w:val="00DA60E1"/>
+    <w:rsid w:val="00DB0332"/>
+    <w:rsid w:val="00DC0A5A"/>
+    <w:rsid w:val="00DF5CD6"/>
+    <w:rsid w:val="00E02E01"/>
+    <w:rsid w:val="00E10918"/>
+    <w:rsid w:val="00E20A5B"/>
+    <w:rsid w:val="00E50E2B"/>
+    <w:rsid w:val="00E671FF"/>
+    <w:rsid w:val="00E8034B"/>
+    <w:rsid w:val="00EB1A99"/>
+    <w:rsid w:val="00EC13A3"/>
+    <w:rsid w:val="00EC13F9"/>
+    <w:rsid w:val="00ED5B87"/>
+    <w:rsid w:val="00F50F22"/>
+    <w:rsid w:val="00F75799"/>
+    <w:rsid w:val="00FB07E5"/>
+    <w:rsid w:val="00FD2923"/>
+    <w:rsid w:val="00FE0D6D"/>
+    <w:rsid w:val="00FE297D"/>
+    <w:rsid w:val="00FF7B4D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="3878583F"/>
-  <w15:docId w15:val="{F890592D-E182-4407-BB6E-4A900D8F5078}"/>
+  <w14:docId w14:val="1AA5BF92"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{B648EDAC-2091-481F-B6F1-9F966E64B28F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -7975,1571 +3734,1199 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00FD1F99"/>
-[...7 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0067398B"/>
+    <w:rsid w:val="0084602F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:color w:val="365F91"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="x-none" w:eastAsia="x-none" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00802DE0"/>
+    <w:rsid w:val="0084602F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:after="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="365F91"/>
-[...2 lines deleted...]
-      <w:lang w:bidi="en-US"/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
-  </w:style>
-[...33 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRT">
     <w:name w:val="PRT"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="ART"/>
-    <w:rsid w:val="0067398B"/>
+    <w:link w:val="PRTChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="28"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:suppressAutoHyphens/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="480"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ART">
     <w:name w:val="ART"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="PR1"/>
-    <w:rsid w:val="008077CF"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
-        <w:numId w:val="28"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:suppressAutoHyphens/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="480"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PR1">
     <w:name w:val="PR1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PR1Char"/>
-    <w:rsid w:val="0067398B"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
-        <w:numId w:val="28"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="240"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PR1Char">
+    <w:name w:val="PR1 Char"/>
+    <w:link w:val="PR1"/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRTChar">
+    <w:name w:val="PRT Char"/>
+    <w:link w:val="PRT"/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PR2">
+    <w:name w:val="PR2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PR2Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:suppressAutoHyphens/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PR2Char">
+    <w:name w:val="PR2 Char"/>
+    <w:link w:val="PR2"/>
+    <w:rsid w:val="0084602F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PR3">
+    <w:name w:val="PR3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PR3Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:suppressAutoHyphens/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PR4">
+    <w:name w:val="PR4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="7"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:suppressAutoHyphens/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PR5">
+    <w:name w:val="PR5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0084602F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="8"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:suppressAutoHyphens/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DST">
     <w:name w:val="DST"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="PR1"/>
-    <w:rsid w:val="0067398B"/>
+    <w:rsid w:val="00EC13A3"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="240"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="22"/>
-    </w:rPr>
-[...345 lines deleted...]
-      <w:color w:val="auto"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067398B"/>
+    <w:rsid w:val="00EC13A3"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SI">
+    <w:name w:val="SI"/>
+    <w:rsid w:val="007C746B"/>
+    <w:rPr>
+      <w:color w:val="008080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IP">
+    <w:name w:val="IP"/>
+    <w:rsid w:val="007C746B"/>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PR3Char">
+    <w:name w:val="PR3 Char"/>
+    <w:link w:val="PR3"/>
+    <w:rsid w:val="0033321D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067398B"/>
+    <w:rsid w:val="00F75799"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
-    <w:rsid w:val="002803EE"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F75799"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067398B"/>
+    <w:rsid w:val="00F75799"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
-    <w:rsid w:val="002803EE"/>
-[...35 lines deleted...]
-    <w:name w:val="page number"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...268 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00F75799"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...69 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.asse-plumbing.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ul.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.asme.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nsf.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nfpa.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ashrae.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nema.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ansi.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.laars.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.laars.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.csagroup.org/us/en/home" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>15727</Characters>
+  <Pages>5</Pages>
+  <Words>1039</Words>
+  <Characters>5980</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>131</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>149</Lines>
+  <Paragraphs>137</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>SECTION 223313 – INSTANTANEOUS ELECTRIC DOMESTIC WATER HEATERS</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ARCOM</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18449</CharactersWithSpaces>
+  <CharactersWithSpaces>6882</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...218 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>SECTION 223313 – INSTANTANEOUS ELECTRIC DOMESTIC WATER HEATERS</dc:title>
-[...2 lines deleted...]
-  <dc:description>Bradley Keltech</dc:description>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Joan Mishou</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>